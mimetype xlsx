--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1475" uniqueCount="762">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1555" uniqueCount="798">
   <si>
     <t>INSTRUMENTOS SEM TRANSFERÊNCIA DE RECURSOS</t>
   </si>
   <si>
     <t>Nome da Parte</t>
   </si>
   <si>
     <t>CNPJ</t>
   </si>
   <si>
     <t>Tipo de Instrumento</t>
   </si>
   <si>
     <t>Valor Repasse/Contrapartida</t>
   </si>
   <si>
     <t>Nº do Instrumento</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data da Assinatura</t>
   </si>
   <si>
@@ -692,66 +692,66 @@
   <si>
     <t>TRIBUNAL DE JUSTIÇA DO ESTADO DE MATO GROSSO - TJMT</t>
   </si>
   <si>
     <t>07/2021</t>
   </si>
   <si>
     <t>Cessão de 04 salas no fórum da comarca de Nova Mutum para instalação do núcleo da DPMT</t>
   </si>
   <si>
     <t>44. Termo de Cessão de Uso 07.2021.CENSURADO.pdf (+3 docs)</t>
   </si>
   <si>
     <t>MUNICIPIO DE ALTO GARÇAS</t>
   </si>
   <si>
     <t>03.133.097/0001-07</t>
   </si>
   <si>
     <t>001/2017</t>
   </si>
   <si>
     <t>Cessão de 01 servidor para atender no núcleo da DPE em Alto Garças-MT</t>
   </si>
   <si>
-    <t>Termo de cooperação técnica 01.2017.CENSURADO.pdf (+3 docs)</t>
+    <t>Termo de cooperação técnica 01.2017.CENSURADO (+4 docs)</t>
   </si>
   <si>
     <t>MATO GROSSO SAÚDE</t>
   </si>
   <si>
     <t>05.794.356/0001-68</t>
   </si>
   <si>
     <t>002/2021</t>
   </si>
   <si>
     <t>Disponibilização da assistência à saúde aos servidores públicos ativos e inativos da Defensoria Pública do Estado de Mato Grosso, a seus dependentes e agregados, por meio da admissão como beneficiários do Plano de Assistência à Saúde.</t>
   </si>
   <si>
-    <t>46. Termo de convênio 02.2021.CENSURADO.pdf (+3 docs)</t>
+    <t>46. Termo de convênio 02.2021.CENSURADO.pdf (+4 docs)</t>
   </si>
   <si>
     <t>SENAR MATO GROSSO</t>
   </si>
   <si>
     <t>04.264.173/0001-78</t>
   </si>
   <si>
     <t>009/2021</t>
   </si>
   <si>
     <t>Implementação do Programa denominado “Mutirão Rural” para realizações de ações sociais de inclusão e cidadania voltadas para a sociedade do meio rural.</t>
   </si>
   <si>
     <t>48. TERMO DE COOPERAÇÃO TÉCNICA 009.2021.CENSURADO.pdf (+1 docs)</t>
   </si>
   <si>
     <t>CONDEGE</t>
   </si>
   <si>
     <t>14.984.936/0001-09</t>
   </si>
   <si>
     <t>Os procedimentos que deverão ser adotados pelas Defensorias Pública-Gerais signatárias visando a atuação integrada em casos cujos interessados residam em Unidade da Federação distinta daquela em que tramita ou deva tramitar o processo judicial do seu interesse</t>
   </si>
@@ -1022,51 +1022,51 @@
   <si>
     <t>032/2022</t>
   </si>
   <si>
     <t>Concessão de descontos por parte da COOPERADA aos servidores da COOPERANTE, bem como aos dependentes de tais servidores</t>
   </si>
   <si>
     <t>70. TCT 032.2022 FATEC SENAI.CENSURADO.pdf</t>
   </si>
   <si>
     <t>07/2022</t>
   </si>
   <si>
     <t>Cessão de 01 sala no fórum de Itiquira/MT</t>
   </si>
   <si>
     <t>71. Termo de cessão de uso 07_2022.CENSURADO.pdf (+2 docs)</t>
   </si>
   <si>
     <t>11/2022</t>
   </si>
   <si>
     <t>Cessão de 01 sala no fórum de Feliz Natal/MT</t>
   </si>
   <si>
-    <t>72. Termo de cessão de uso 11_2022.CENSURADO.pdf (+1 docs)</t>
+    <t>72. Termo de cessão de uso 11_2022.CENSURADO.pdf (+2 docs)</t>
   </si>
   <si>
     <t>10/2022</t>
   </si>
   <si>
     <t>Cessão de 01 sala no fórum da comarca de Dom Aquino</t>
   </si>
   <si>
     <t>73. Termo de cessão de uso 10_2022.CENSURADO.pdf (+1 docs)</t>
   </si>
   <si>
     <t>Cessão de 01 sala no fórum de Brasnorte</t>
   </si>
   <si>
     <t>74. Termo de cessão de uso 08_2022.CENSURADO.pdf (+1 docs)</t>
   </si>
   <si>
     <t>06/2022</t>
   </si>
   <si>
     <t>Cessão de 01 sala no fórum de Nortelândia</t>
   </si>
   <si>
     <t>75. Termo de Cessão de Uso n. 06-2022.CENSURADO.pdf (+1 docs)</t>
   </si>
@@ -1097,51 +1097,51 @@
   <si>
     <t>77. Acordo de Cooperação Técnica Juína.CENSURADO.pdf (+2 docs)</t>
   </si>
   <si>
     <t>14/2022</t>
   </si>
   <si>
     <t>Cessão de 01 sala no fórum de Varzea Grande - Chapéu do Sol</t>
   </si>
   <si>
     <t>78. Termo de cessão de uso 14.2022.CENSURADO.pdf (+1 docs)</t>
   </si>
   <si>
     <t>MUNICIPIO DE TABAPORÃ</t>
   </si>
   <si>
     <t>37.464.997/0001-40</t>
   </si>
   <si>
     <t>02/2022</t>
   </si>
   <si>
     <t>Disponibilização de imóvel para instalação do Núcleo da Defensoria Pública em Tabaporã/MT</t>
   </si>
   <si>
-    <t>79. Acordo de cooperação ténica 02.2022 CENSURADO.pdf (+2 docs)</t>
+    <t>79. Acordo de cooperação ténica 02.2022 CENSURADO.pdf (+3 docs)</t>
   </si>
   <si>
     <t>SESP/MT</t>
   </si>
   <si>
     <t>0458/2021</t>
   </si>
   <si>
     <t>Promover o desenvolvimento de ações conjuntas para instruir implantar, acompanhar e avaliar a Política de Alternativas Penais, concretizando condições institucionais para desenvolvimento de um modelo de gestão na intervenção penal mínima e no desencarceramento, com a finalidade de restauração dos danos causados e aprimorar as condições para integração social, educativa e produtiva do recuperado.</t>
   </si>
   <si>
     <t>48 meses</t>
   </si>
   <si>
     <t>80. Termo de cooperação técnica 0458.2021.CENSURADO.pdf</t>
   </si>
   <si>
     <t>Compartilhamento do transformador de energia 
 elétrica de 300 KVA, já existente, de propriedade da Defensoria Pública 
 do Estado de Mato Grosso</t>
   </si>
   <si>
     <t>81. Termo de cooperação técnica nº 010.2022.CENSURADO.pdf</t>
   </si>
   <si>
@@ -1352,63 +1352,63 @@
   <si>
     <t>05/2023</t>
   </si>
   <si>
     <t>Cessão de 03 salas, 01 copa e 2 banheiros no prédio do fórum da comarca de Jauru para instalação do Núcleo da Defensoria Pública de Jauru</t>
   </si>
   <si>
     <t>99. Termo+de+Cessão+de+Uso+nº+05-2023 CENSURADO.pdf (+1 docs)</t>
   </si>
   <si>
     <t>1/2024</t>
   </si>
   <si>
     <t>Cessão de 01 sala no fórum da comarca de Colniza para instalação do núcleo da DPE/MT</t>
   </si>
   <si>
     <t>100. TERMO DE CESSÃO DE USO 1-2024 CENSURADO.pdf (+1 docs)</t>
   </si>
   <si>
     <t>3/2024</t>
   </si>
   <si>
     <t>Cessão de 02 salas e 01 banheiro no fórum da comarca de Porto Alegre do Norte para instalação do núcleo da DPE/MT</t>
   </si>
   <si>
-    <t>102. Termo de Cessao de Uso n. 3-2024 - Porto Alegre do Norte - CENSURADO.pdf</t>
+    <t>102. Termo de Cessao de Uso n. 3-2024 - Porto Alegre do Norte - CENSURADO.pdf (+1 docs)</t>
   </si>
   <si>
     <t>TRIBUNAL DE JUSTIÇA DO ESTADO DO MATO GROSSO</t>
   </si>
   <si>
     <t>001/2024</t>
   </si>
   <si>
     <t>Cooperação mútua entre os participes, sem transferência de recursos, para organização e execução do Projeto Ribeirinho Cidadão.</t>
   </si>
   <si>
-    <t>103. TERMO DE COOPERACAO TECNICA N. 001-2024 RIBEIRINHO CIDADÃO CENSURADO.pdf</t>
+    <t>103. TERMO DE COOPERACAO TECNICA N. 001-2024 RIBEIRINHO CIDADÃO CENSURADO.pdf (+1 docs)</t>
   </si>
   <si>
     <t>2/2024</t>
   </si>
   <si>
     <t>Cessão de 01 sala no fórum da comarca de Aripuanã para instalação do núcleo da DPE/MT</t>
   </si>
   <si>
     <t>104. Termo de Cessao de Uso n. 02-2024 - Aripuanã - CENSURADO.pdf</t>
   </si>
   <si>
     <t>IPOG - INSTITUTO DE PÓS-GRADUAÇÃO; GRADUAÇÃO LTDA.,</t>
   </si>
   <si>
     <t>04.688.977/0001-02</t>
   </si>
   <si>
     <t>Parceria educacional entre a CONVENENTE e o CONVENIADO, onde a primeira oferecerá benefícios aos inscritos colaboradores, e em contrapartida, a segunda divulgará os cursos do CONVENENTE para seu público interno.</t>
   </si>
   <si>
     <t>105. Convênio.IPOG.X.DPE.CENSURADO.pdf</t>
   </si>
   <si>
     <t>SINFRA</t>
   </si>
@@ -1483,79 +1483,79 @@
   <si>
     <t>SECRETARIA DE ESTADO DE SEGURANÇA PÚBLICA - SESP/MT</t>
   </si>
   <si>
     <t>03.507.415/0028-76</t>
   </si>
   <si>
     <t>0143/2024</t>
   </si>
   <si>
     <t>Disponibilização de militares da reserva remunerada RR, na forma do art.10, Capítulo VI, da Lei Complementar 720/2022 com a finalidade de executar a guarda patrimonial de prédios do órgão cooperado.</t>
   </si>
   <si>
     <t>111. Termo de cooperação nº 0143.2024.SESP.CENSURADO.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE PARANATINGA</t>
   </si>
   <si>
     <t>15.023.971/0001-24</t>
   </si>
   <si>
     <t>Cessão  do  servidor  público  municipal  Junho  Martins  Siqueira,  matrícula  nº  5487,  para  desempenhar  atividades  laborais  na  Defensoria  Pública do Estado do Mato Grosso.</t>
   </si>
   <si>
-    <t>112.Termo de Cooperação Técnica 001.2023. JUNJHO MATINS.CENSURADO.pdf (+1 docs)</t>
+    <t>112.Termo de Cooperação Técnica 001.2023. JUNJHO MATINS.CENSURADO.pdf (+2 docs)</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE MATUPÁ</t>
   </si>
   <si>
     <t>24.772.188/0001-54</t>
   </si>
   <si>
     <t>Cessão de 01 sala para instalação do núcleo da DPE/MT na comarca de Matupá.</t>
   </si>
   <si>
     <t>113. Termo de Cooperação Técnica 001.2024. Matupá. Censurado.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE NOVA NAZARÉ</t>
   </si>
   <si>
     <t>04.202.280/0001-71</t>
   </si>
   <si>
     <t>02/2024</t>
   </si>
   <si>
     <t>Disponibilização pelo Município de Nova Nazaré da servidora Evanete Alves Guimarães à
 Defensoria Pública do Estado de Mato Grosso.</t>
   </si>
   <si>
-    <t>114. Termo de Cooperação Técnica 02.2024 - Cessão Evanete.pdf</t>
+    <t>114. Termo de Cooperação Técnica 02.2024 - Cessão Evanete.pdf (+1 docs)</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE MARCELANDIA</t>
   </si>
   <si>
     <t>03.238.987/0001-75</t>
   </si>
   <si>
     <t>TERMO DE DOAÇÃO</t>
   </si>
   <si>
     <t>Doação de terreno à DPMT na comarca de Marcelândia</t>
   </si>
   <si>
     <t>115. Termo de Doação 001.2024 - Terreno Marcelandia.pdf</t>
   </si>
   <si>
     <t>DEFENSORIA PÚBLICA DO ESTADO DO MARANHÃO</t>
   </si>
   <si>
     <t>00.820.295/0001-42</t>
   </si>
   <si>
     <t>12/2024</t>
   </si>
@@ -1872,51 +1872,51 @@
     <t xml:space="preserve"> Termo Cooperação Técnica-Santa Rita do Trivelato- Assinado pelas partes - censurado.pdf</t>
   </si>
   <si>
     <t>MUNICÍPIO DE BARRA DO BUGRES</t>
   </si>
   <si>
     <t>03.507.522/0001-72</t>
   </si>
   <si>
     <t>1/2023</t>
   </si>
   <si>
     <t>Doação de 0 1 um lote urbano de nº 04, com áre a de 1.176,00 m² localizado na Avenida Deputado Renê Barbour, (antiga Avenida Presidente Castelo Branco), Bairro Boa Esperança, no município de Barra do Bugres-MT.</t>
   </si>
   <si>
     <t>Termo+de+Doação+do+Terreno+-+Barra+do+Bugres + assinado + censurado.pdf (+1 docs)</t>
   </si>
   <si>
     <t>1/2025</t>
   </si>
   <si>
     <t>"O presente Termo tem por objeto a disponibilização pelo CEDENTE à CESSIONÁRIA de um imóvel apropriado à instalação do Núcleo da Defensoria Pública do Estado de Mato Grosso em Poconé/MT.
 As despesas de água/esgoto, IPTU e a energia elétrica, do referido imóvel serão custeadas pelo CEDENTE."</t>
   </si>
   <si>
-    <t>Minuta_Termo_de_Cessao_de_Uso_1.2025_assinado_censurado.pdf (+1 docs)</t>
+    <t>Minuta_Termo_de_Cessao_de_Uso_1.2025_assinado_censurado.pdf (+2 docs)</t>
   </si>
   <si>
     <t>DEFENSORIA PÚBLICA DO ESTADO DO ACRE</t>
   </si>
   <si>
     <t>2/2025</t>
   </si>
   <si>
     <t>TERMO E PLANO ASSINADOS.pdf</t>
   </si>
   <si>
     <t>4/2025</t>
   </si>
   <si>
     <t>A cooperação mútua entre os partícipes, sem transferência de recursos, para realização de eventos assistenciais, jurídicos e educacionais durante o "Mutirão Popjud Rua" a fim de desenvolver ações sociais de inclusão e cidadania voltadas para a população em situação de rua.</t>
   </si>
   <si>
     <t>Termo de Cooperacao Tecnica 4.2025_CENSURADO.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE SORRISO</t>
   </si>
   <si>
     <t>03.239.076/0001-62</t>
   </si>
@@ -2351,50 +2351,158 @@
   </si>
   <si>
     <t>TERMO DE COOPERACAO TECNICA 0448.2025_censurado.pdf</t>
   </si>
   <si>
     <t>29/2025</t>
   </si>
   <si>
     <t>Ações voltadas à execução das atividades com o uso do Sistema de Atendimento Fundiário - SAF da Defensoria Pública do Estado de Mato Grosso, visando atender às deliberações da Comissão de Conflitos Fundiários do Poder Judiciário.</t>
   </si>
   <si>
     <t>Termo de Cooperacao Tecnica 29.2024 (SAF)_censurado.pdf</t>
   </si>
   <si>
     <t>MUNICÍPIO DE VILA BELA DA SANTÍSSIMA TRINDADE/MT</t>
   </si>
   <si>
     <t>27/2025</t>
   </si>
   <si>
     <t>Doação de área urbana de propriedade do Município, localizada na Rua Luiz de Albuquerque, no bairro Luz da Saúde, neste município de Vila Bela da Santíssima Trindade - MT, registrada sob a inscrição imobiliária nº 01.01.001.036.065.000, com área total de 781,88 m² e área construída de
 216,14 m², conforme descrição constante no cadastro municipal de imóveis.</t>
   </si>
   <si>
     <t>TERMO_DE_DOACAO_27.2025_censurado.pdf</t>
+  </si>
+  <si>
+    <t>O presente termo tem por objeto a "Cessão de Uso" de um espaço físico contendo 9m², no fórum de Apiacás, com endereço na Avenida Governador Dante Martins de Oliveira, Centro, para o funcionamento da Defensoria Pública da Apiacás/MT.</t>
+  </si>
+  <si>
+    <t>6 meses</t>
+  </si>
+  <si>
+    <t>Termo de Cessao de Uso 7.2025_censurado</t>
+  </si>
+  <si>
+    <t>MUNICIPIO DE DIAMANTINO</t>
+  </si>
+  <si>
+    <t>03.648.540/0001-74</t>
+  </si>
+  <si>
+    <t>31/2025</t>
+  </si>
+  <si>
+    <t>O presente Termo de Cooperação Técnica tem por objeto a cessão de um servidor pelo COOPERANTE à COOPERADA para exercer suas funções no Núcleo da Defensoria Pública no Município de Diamantino/MT.</t>
+  </si>
+  <si>
+    <t>Termo de Cooperacao Tecnica 31.2025_censurado.pdf</t>
+  </si>
+  <si>
+    <t>8/2025</t>
+  </si>
+  <si>
+    <t>Cessão de Uso de 01(uma) sala situada no prédio do fórum da Comarca de Itiquira, endereçado na Av. Álvaro José Monteiro, s/n - Centro, Itiquira/MT, CEP 78.790-000, tendo a seguinte metragem: 12,72m (doze metros e setenta e dois centímetros) X 5,69m (cinco metros e sessenta e nove centímetros), área total de 72,37m² (setenta e dois metros quadrados e trinta e sete centímetros quadrados), situada no bloco 6, para o funcionamento da Defensoria Pública da Comarca de Itiquira.</t>
+  </si>
+  <si>
+    <t>Termo de Cessao de Uso 8.2025_censurado.pdf</t>
+  </si>
+  <si>
+    <t>Criação da Rede de Memória denominada “Rede de Memória do Estado de Mato Grosso.</t>
+  </si>
+  <si>
+    <t>Acordo de Cooperação 1.2025 (Rede Memoria)_Censurado.pdf</t>
+  </si>
+  <si>
+    <t>24/2025</t>
+  </si>
+  <si>
+    <t>Cessão pelo COOPERANTE à COOPERADA de: a) 01 (um) imóvel para uso apropriado à instalação do Núcleo da Defensoria Pública do Estado; b) Disponibilizar 01 (um) profissional para executar serviços de recepção e limpeza, não havendo qualquer vínculo empregatício, funcional ou previdenciário entre o profissional disponibilizado e a Defensoria Pública.</t>
+  </si>
+  <si>
+    <t>TERMO DE COOPERAÇÃO TÉCNICA Nº 24.2025_censurado.pdf</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ESTADO DE JUSTIÇA POR INTERMÉDIO DA POLÍCIA JUDICIÁRIA CIVIL</t>
+  </si>
+  <si>
+    <t>58.275.566/0001-06</t>
+  </si>
+  <si>
+    <t>0213/2025</t>
+  </si>
+  <si>
+    <t>Termo tem como objetivo a disponibilização do acesso ao Sistema de Mandados de Busca, Internação e Apreensão - SIMBIA à Defensoria Pública do Estado de Mato Grosso com a finalidade de suplementar a Segurança Pública.</t>
+  </si>
+  <si>
+    <t>TERMO DE COOPERAÇÃO 0213.2025-SIMBIA_censurado.pdf</t>
+  </si>
+  <si>
+    <t>MINISTÉRIO PÚBLICO DO ESTADO DE MATO GROSSO, por meio da PROCURADORIA GERAL DE JUSTIÇA DO ESTADO DE MATO GROSSO – PGJ</t>
+  </si>
+  <si>
+    <t>38/2025</t>
+  </si>
+  <si>
+    <t>Estabelecer cooperação técnica para compartilhamento do código fonte do software "DAA Mais", desenvolvido pelo MPMT, que consiste no gerenciamento da frota de veículos, à Defensoria Pública do estao de Mato Grosso.</t>
+  </si>
+  <si>
+    <t>Termo de Cooperação Técnica 38.2025_censurado.pdf</t>
+  </si>
+  <si>
+    <t>TERMO DE ADESÃO - CESIMA</t>
+  </si>
+  <si>
+    <t>O presente termo tem por objeto a adesão formal ao projeto CESIMA, com o intuito de domentar a cooperação técnico-científica a formação continuada de magistradis e servidores, a promoção da pesquisa acadêmica, e o fortalecimento das ações interistitucionais voltadas á tutela do meio ambiente e ao desenvolvimento sustentavél, conforme previsto no Projeto Institucional da ESMAGIS-MT.</t>
+  </si>
+  <si>
+    <t>Termo de Adesão_CESIMA.pdf</t>
+  </si>
+  <si>
+    <t>MUNICIPIO DE BRASNORTE</t>
+  </si>
+  <si>
+    <t>01.375.138/0001-38</t>
+  </si>
+  <si>
+    <t>32/2025</t>
+  </si>
+  <si>
+    <t>Doação de um terreno urbano, que possui uma área total de 750,00m² para construção da sede da Defensoria Pública do Estado de Mato Grosso no Município de Brasnorte. A doação ocorrerá sem nenhum ônus para o Município de Brasnorte e as despesas com escrituração e registro, bem como eventual reversão do imóvel, objeto desta lei, correrão por conta da Defensoria Pública do Estado de Mato Grosso. O imóvel será revertido ao patrimônio do Município caso a construção da sede não esteja concluída no prazo de dois (2) anos, contados a partir do registro do imóvel, ou em caso de descumprimento do disposto na Cláusula Segunda.</t>
+  </si>
+  <si>
+    <t>24 meses (do registro do imóvel)</t>
+  </si>
+  <si>
+    <t>TERMO DE DOACAO 32.2025 - BRASNORTE_censurado.pdf</t>
+  </si>
+  <si>
+    <t>003/2026</t>
+  </si>
+  <si>
+    <t>Termo de Cooperação Técnica 003.2026 - SEI_1095961.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2729,56 +2837,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1yh7X-DzUZQLbm4FM5jYPTtUfjWrLEwXQ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tjrDJSBXiI4JtYeUFm8vqrxYGAwDbIiZ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ALF2bHLQFgNCAurRM1M8QGZeW57YJVhe/view?usp=sharing" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1l67pgrfi_2BwiDZAC2cQcYim_ThDUVBj/view?usp=sharing" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WyZfnnq_ebUwoaJHwNi8bnbK7v3sawfw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tNmTn5V-dugc2RhLP8G45hQVyZknRpOX/view?usp=sharing" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1NbJloL8VaiWErvIWg-kvAjdGbJnUOSHU/view?usp=sharing" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1PMbkvFIbNdwA4GyHCigEbR10lEhypSxh/view?usp=sharing" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1BcXd63ypKY5bDmol63jxhRE1nmkursnA/view?usp=sharing" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GGjQe9pTGiXXHIig27LJSUHpSz-h-Jy8/view?usp=sharing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/12YQvwVrf6pqNUyWnlcF2nqJhTcQU8QXw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1lRfiK4GIuAe6xCSrjP48UbwRbKYH9J-U/view?usp=sharing" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1z4j4rZ2MYZqfaNyFly-hLiLn_SSR_HwM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WGsyima-51HUnINwgLoh-JUTSXm0hPa4/view?usp=sharing" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/148UC6ZgdU0QYHxTIMxDI5dt7loIeXP5q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UE-q_siJaDepO25KhFdKnsEnG5z65a4_/view?usp=sharing" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1lD-5M_aoW6nBTgjfTBZD-QIOmxTExSg0/view?usp=sharing" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1eCL3r1EgZstVb_jUADEtftg8bZMF6D8_/view?usp=sharing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Ul_ZDNE2cSMf62TNUIebO3zkYqIYeaKi/view?usp=sharing" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1B-ItTHUZt3lM3tlN3CkmJYMH5NBEy3bw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LM45eMx8et7ne3byj5Vigw8zWqTEkHTp/view?usp=sharing" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1N2qNC-XOXulCQIWn2T62Wnrop3Y1ZSwJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/12NQZUnsPszKYbSbc906kMozRAQxvSxf6/view?usp=sharing" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wZUQUVfbQE_XtUcQ8DaLz57tRVWeDRnr/view?usp=sharing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1QfbbCkcX1QwYO1LFumu8XL5fOWlBQ7O7/view?usp=sharing" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/12iJ8M-GMLxx6UsyJwTvT_yJfsdloYgaz/view?usp=sharing" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1FMIEQVjvXL5N1nfsTI9hoPgSZB7OdwG3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WWUPSwk6Zk4d0p_t_fuPrktXlKAucpOm/view?usp=sharing" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1totSlIryHy9vKXo-AleM1Ut5padyuYJG/view?usp=sharing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LVWP3ADsB2T4OP3BlHdQYa_I975gmPqe/view?usp=sharing" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1X1bf6tOES4vdkaYFYmkMeJ-MlaVnlu9K/view?usp=sharing" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1-F2V-__fFZJYj9ZM4kFDWV_U9qtdBWwI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1K4Th42mM0SL51GpCn-YGxcmoWUmkeLuh/view?usp=sharing" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1YBMiG4lX1JKGZGbSlPzqKbARlxjBHhlK/view?usp=sharing" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UJTKpU-suPTJawIFjaXUo9oIu0nb_E3Z/view?usp=sharing" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1n7JJJSEZ8SN5X1KiQjYHlUMUrCSwLuV1/view?usp=sharing" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GlGeNjjxDKHRSMILTSrxd3VIdvLv2VUI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/10RFE_03Ouj3PzQYaHv01zIUvR7tnWg4d/view?usp=sharing" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1efUXq9_6806Zm5Qb8uPz2-_8H5x2pTOk/view?usp=sharing" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1hEhO2v3b4EYQMWt3VHZ8nyMBiWd5UUx5/view?usp=sharing" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/10_zaNyLKlcYCudiTDo4iHk8h4VernvvS/view?usp=sharing" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1OdxMgYOLmqWTyRqOBh9FYDHNCk5jgGVM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1k2Owdo8B9E6GVG3GuxaS203zZfviJ9rT/view?usp=sharing" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1NXt-gbfVPDy3iY7a4Uo1h4TApBbDXTmk/view?usp=sharing" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wFldRDUN1CuXF-LwNWpUKv0CzBOHhNHW/view?usp=sharing" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/19JU6sJoq3qq4PH8e8-3Lm-BWir4nHmPc/view?usp=sharing" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1X3jH1JA4xP4IM5iyySTrAlwLfs45HyjS/view?usp=sharing" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dfCvmerjRsOKHrt-9L1X34lLepRCJYWU/view?usp=sharing" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1B82tdjr1L2dBL7449MQeCDPnYSjeaiEN/view?usp=sharing" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1a1F4JXCVGKHqBX1YYs7Ve630tWxiPyUd/view?usp=sharing" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1EeXlSv9Fk3VTcjAPZ3hCb-uklCZuFP2N/view?usp=sharing" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_Thw_ENVP34ZJJHHl1l-lT2wSj8qN0Sc/view?usp=sharing" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1BBdKdV_8KbFH71_vCqtpQVsyqxyflYMk/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1QRoUvA-Qv12xilgTthBVvBbW4I5Uk1-Q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1v5Ihlh-kbHOH5su1s3FaPfGjwzUjA9TV/view?usp=sharing" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1NwsxMpQeHTjiLKQUSkgsacgHngs8Wa3s/view?usp=sharing" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GQcr1HEGs5Yb0GQ11WWHo4-BreibT4LY/view?usp=sharing" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GY1SRqk6sDEWJSR4CIWnDIi0N3QJ_rNO/view?usp=sharing" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1g9uCIhltja-3sLMeNJ3MA49_ws4S5F2j/view?usp=sharing" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1nEwhjTPLMS1uaBYRspiZSkKEahMbd__T/view?usp=sharing" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1K57_p55EER5sGjUEobvIQPoTo2IAu3YP/view?usp=sharing" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1XKKcjor3Q4hjvcdzYwFEeMu-QpNaOB5q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1G0EkOv9XfyKwlZyc3WgllP_elF6plTHT/view?usp=sharing" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1rZqqSWPFnOMgTYWjbSMlTrsxt1gERc8G/view?usp=sharing" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1I83zUCiuv4YouEfynpzVe8cBDDkQ705H/view?usp=sharing" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1-RmH5uVACu4rVTEGciZ7BHFJ4RitI9-4/view?usp=sharing" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1H6UEG6Ea-wlaEJt29nWmcGDV7D3GOBWI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/16qRzb8fZB2_py5Nj1L0ikw4vdynoE1UC/view?usp=sharing" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1onWWuQLANFT1TzyLmmKEpx2OzpvY-uMI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1K39Tih-g-O0Tx_oQvicZ6HFNVzRWx8wx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1FX9--SDvpGm_pOUH8sngucJ9mt0OpuRH/view?usp=sharing" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1TnkbdTnXwTKr9jv2Q9Vhc0MOkKX08Cku/view?usp=sharing" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/14uCuGptX1FdcWe8jbCTBGl6eiPw9Zed6/view?usp=sharing" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1msAW3p9uj6TKWNsOSYA9kCvEfNvWkU6d/view?usp=sharing" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_KK-wiKa6iWqGO3OszDZMx06k1QFGb0q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1aT2zT122acsgmdOP79ZKWnXc_o1jCnIL/view?usp=sharing" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ZnqdwlVRgSnzQIRRGCVgz28daW_5GSG2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1SqXWVVlvnx6oA82xDioc82mDjlhrU9DS/view?usp=sharing" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1YmgDddpK7-wob_02J_wnTTbZZBnoCvAM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/15hh3jFHf-Og-GJlio_hCD5ALIF4gFqMq/view?usp=sharing" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uA-Ox5raZciCcSSAHdQDQugfc5Gtr-V7/view?usp=sharing" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/13XHKj1y2nZEGNLJGMZDItPvFFRH60IaV/view?usp=sharing" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1qTnTaPPyRGiqfuUyJGVaoT08KoHiWLHQ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UzbzR_t6j_VO_BIixtjn4sckIGcHg1jR/view?usp=sharing" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1iIXJDIPbLGIyUY584sqtsJy1_0ODMuNn/view?usp=sharing" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WNB6H_Ac5U2lK6wOutcReEdy9D_qxSy_/view?usp=sharing" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ExuOf3DSoSuVhP9G8E47ESP0O5_vD0Yx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_AKpWJhRaUH5Sxgg57MIFmpPRUyYgSmP/view?usp=sharing" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1kkSG-DpArfBhZBiYZ5uhVH9feIUY3Omw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1gXLRDnGyaHFudX1M9SjpXkWwh-li42QM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uGW-n7gvhyrKLPCZSs-rP9lTIOjM3tGd/view?usp=sharing" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Iw6dBPq3geeW1RL3ydGQ6yaOA67I1fD2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1QdZURpvh-mP-ZAzHNVhigX3hJdhblxl5/view?usp=sharing" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GDxHHN0kGVvvnVrXVgBAiGSPYs7B1Nas/view?usp=sharing" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1bhL3GPpbtKUOpxDbdEoFATYhHztVreiz/view?usp=sharing" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LCDiE8ajWym8-XFUrlMQL0vk7oWd_HXv/view?usp=sharing" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/11wMQ2iV7xXjyWXSOCGkYuBAWY49IkCxG/view?usp=sharing" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tyDoH1x6iB_JsrThx3VBjNt6O5z2QoR3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tfHYpxxzyNDhkcU2svmNVdKWPhzk10yM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1T1hJkoJHs-vsiTRpHLCkW89hR_WAlp7b/view?usp=sharing" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1RKajHpDHcnqchqFuWJdOuT97QLOxK6Rx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dbFERVZT7BasG0mrwU_bIJFdvQIdaJuE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ydYS0sXq61--Icrw6PBiWJJPMVN-jgKJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1yZgycw26nYXwlHMJxOKqyuqwh6IZG7l1/view?usp=sharing" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ncC1esLdKRSXwhpi2ZNS3wF9EkSzQKHC/view?usp=sharing" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1N02Oh0c4WIOzItT7su66VZX2WEo2U0f3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uSu-TZ3XL2MyAq2VcqjyQFm4jWtER83q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1QrtnqLPx1_b1n6Z6ipkZuDyxS2-RrpbD/view?usp=sharing" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1mRjeF6YmFSO2kNz6v25tsyMRyupaV3oJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1D28LrjEoAMlvBjF7UVSBDoLK-VZM1H9l/view?usp=sharing" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UqESzjwUvQxeG2KE79XCkrAdADV-VyAJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/10vK7RtfLCIkF7r8ciq0ElouBjlj08kcL/view?usp=sharing" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1yU9kpl4-XkutqhREmTT_TBAqhaD8xSjx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1EbylMEFHnMLJ_9egSrbtrADKQnXrC9WQ/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1d_Z5yum0S2rSuM2VOhn23MbqJWu1Z3bx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1gzpitecw4brBrI02myg4_cnq_3zseUVJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1YWzNgssduVvRCTQciGdayXYjNkhmzBSO/view?usp=sharing" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1rQFAKaaA3flBf67ZD6M3tKNMkTFKbgDo/view?usp=sharing" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1CIjtppKDuY_6azINt5hEhqJEWv1KxsIr/view?usp=sharing" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1zj4LfWmSzm1vb2Yq0UXTlHY4nyweH7J0/view?usp=sharing" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1F_5SY0nK9t1yFkuhGC4qlUn1tIfggbcI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/17WW5_EATxRRtbX7r5rD4w-Oyzq1eOuPN/view?usp=sharing" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1S56SPQb-B-Bna9_pzw-isNeQ6H2Rkw0Y/view?usp=sharing" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1I4-GZtKtONg0m4bXCEGpbK3z0qT5VHWX/view?usp=sharing" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/18JCw3fsr5sHEBRsPIOufEYkA06ERj3eE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/186aJhNcnOtLte6wZCW67DqYwlIYYGX3s/view?usp=sharing" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1XWDOohjso3B9AGkfjJF4_0fWGPys72Uk/view?usp=sharing" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1RRAmE-70dTPjknQ7nnTYNTi_9358Jgr2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Ma2cjHVSeVSjEJiYU2h68AePV7wY4Tve/view?usp=sharing" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ENX_QHViE25PqQunGuQUII1kJq-XC1IG/view?usp=sharing" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1KjVPpIYVRIsf90qlS1GsaopBLS_15Xcw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Ez_2WL39wAkA6U_0KQZALvQV9pMVYloo/view?usp=sharing" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/16vbi6-FOCWWMpOFbXEBTdIavULMJfrgE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1P9g6yhlFDfLpTuALj2B7fhNj4-xtHfD1/view?usp=sharing" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1fthkJPzPwXsijGwKPl2Of4b1OeA2Litj/view?usp=sharing" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1CyIjjV32eE6ohjEN4I-eGDtI7As9aM2y/view?usp=sharing" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dXzbsbIwo1KaB6C-mf4ZlIhtixXuh0kf/view?usp=sharing" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1VbY7QKHdV_kL5IRFoCSAgKkQjwHPKqH9/view?usp=sharing" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1pP1oOyAkER0VWhH7GeFae9unap_AhTcx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wKezhgHEmRlW-KFHh4qht0JTKCZfWHbN/view?usp=sharing" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/15gUaU8pbvqwqbQL11CSP0AAQUlUTf_mV/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1umt5Pu1drLmH-_v1Qh5zagHRrax3b8-n/view?usp=sharing" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1h7yqM9MUZ0DLhm9VZMyeJqxsjZGa-yaN/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1r9bcPzCnNwdOui-bjbl7ahgcPS6z9rPh/view?usp=sharing" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1bwFc8eQ6MFSwfw8gubphAtHXMPz9ZOZE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1vGcSFW9rkXCc2nqdBRVRZP81hSCGGqdn/view?usp=sharing" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dIKK2ZRmyhcgnRBk7SVu1A0vTXLZQfw3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ppN_7RdFhzUNARnmu2-k7_BK-1809zGc/view?usp=sharing" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wy8XDO3mR2BhMQa_C7oCh9KN4bVAiUhP/view?usp=sharing" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_EISucNJOE1vKAb7tDSPnylaZKpD06mS/view?usp=sharing" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UsEdnCFnq155ZoPma0bsUDVoQz2qBFJi/view?usp=sharing" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1F6hNEHoBvwFnhddJCdHYxwcMQvyoibLC/view?usp=sharing" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/17Pp73VUYoV4FX5CpNaAmKX_vAB6P0OU3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1oSMs_gtcccBePG8laLzljo-5dY35vx3J/view?usp=sharing" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1PU0oTZdshDnoJazznnWawG0w_2bOYZra/view?usp=sharing" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Tswcunln0m5jNFMlqXJLme55GnjS1t40/view?usp=sharing" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tRXkXDGUQUj-lWc_IUBzBKRuH_d3f8uX/view?usp=sharing" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1BIUbdC-ZEhzs-k3XHqH35ISTqy6UvcIf/view?usp=sharing" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1S3OzjYPhUs3XPtV1YFWaaDaRZH05CpTp/view?usp=sharing" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_LMoQoYDFUl82y6fnExVGglD9lSXHdi0/view?usp=sharing" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1KsDlV8FgDfYWgUBKBV6JPv-nTUYPcdL7/view?usp=sharing" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1C3z-Ek-CNsAT9dL_QGIr3XP8n3kIyQ0g/view?usp=sharing" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Zh3tPddyiAjkAvdhFs1sqlal5Lvu9cSq/view?usp=sharing" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1z8W_EPYHIbJ26rsESiDoRKj6vzHosCVj/view?usp=sharing" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1umm0PJgr8qrtWzUSLzNPum57fEkOS7Ut/view?usp=sharing" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_vsJ8YyEn2t6hYy80MqT60ex3zL4W-b8/view?usp=sharing" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1nuGpPfx_5rAnJA_cDWiGJgoq5MWbuui2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1D65SLp2TY53mWltyZTqArZ0DllDc2Szi/view?usp=sharing" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/19wngYfLVbM8VAmzXGZBc85GIjMULle08/view?usp=sharing" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/132VEcPrGO2U6WmSgYKY6n0__N189QAL6/view?usp=sharing" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ddg7TMqCuAOdjCswVArX7QHkSQRfoDqk/view?usp=sharing" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uUR0INZTeDYCginbY6KqWn-6_LrSLccG/view?usp=sharing" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ndqvxDpKzy_qvWJsznP2k9RbNF0wVjlE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1rUHY3u8Gbk6NHA319PTo74elMzYLdSb2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dz8zCn-M08DbqC3ItJNyTwrv90aubxr0/view?usp=sharing" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1bDGJz0yafc2km0kqAqGiWt-Rjew33g9C/view?usp=sharing" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1k1qNqCSxf0L92dHZ9ugZjhtLgRghnpyf/view?usp=sharing" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/13odFc_kdER_H1iGVMaS-n0w_zOM5N6-Z/view?usp=sharing" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WJ9JN0BAiTEc8P_WSXjT1xECB-byjCFY/view?usp=sharing" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1oVo5lOqcHQ0Xth5nq6B_5yb8zVKm89U3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1PTPaLuV9lqK2xgv1bnM02RBjzvpP_h5u/view?usp=sharing" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1zJfZksCsjb9fk9wk38v_ix41GjagSYfd/view?usp=sharing" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1yh7X-DzUZQLbm4FM5jYPTtUfjWrLEwXQ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tjrDJSBXiI4JtYeUFm8vqrxYGAwDbIiZ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ALF2bHLQFgNCAurRM1M8QGZeW57YJVhe/view?usp=sharing" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1l67pgrfi_2BwiDZAC2cQcYim_ThDUVBj/view?usp=sharing" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WyZfnnq_ebUwoaJHwNi8bnbK7v3sawfw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tNmTn5V-dugc2RhLP8G45hQVyZknRpOX/view?usp=sharing" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1NbJloL8VaiWErvIWg-kvAjdGbJnUOSHU/view?usp=sharing" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1PMbkvFIbNdwA4GyHCigEbR10lEhypSxh/view?usp=sharing" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1BcXd63ypKY5bDmol63jxhRE1nmkursnA/view?usp=sharing" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GGjQe9pTGiXXHIig27LJSUHpSz-h-Jy8/view?usp=sharing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/12YQvwVrf6pqNUyWnlcF2nqJhTcQU8QXw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1lRfiK4GIuAe6xCSrjP48UbwRbKYH9J-U/view?usp=sharing" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1z4j4rZ2MYZqfaNyFly-hLiLn_SSR_HwM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WGsyima-51HUnINwgLoh-JUTSXm0hPa4/view?usp=sharing" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/148UC6ZgdU0QYHxTIMxDI5dt7loIeXP5q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UE-q_siJaDepO25KhFdKnsEnG5z65a4_/view?usp=sharing" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1lD-5M_aoW6nBTgjfTBZD-QIOmxTExSg0/view?usp=sharing" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1eCL3r1EgZstVb_jUADEtftg8bZMF6D8_/view?usp=sharing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Ul_ZDNE2cSMf62TNUIebO3zkYqIYeaKi/view?usp=sharing" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1B-ItTHUZt3lM3tlN3CkmJYMH5NBEy3bw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LM45eMx8et7ne3byj5Vigw8zWqTEkHTp/view?usp=sharing" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1N2qNC-XOXulCQIWn2T62Wnrop3Y1ZSwJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/12NQZUnsPszKYbSbc906kMozRAQxvSxf6/view?usp=sharing" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wZUQUVfbQE_XtUcQ8DaLz57tRVWeDRnr/view?usp=sharing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1QfbbCkcX1QwYO1LFumu8XL5fOWlBQ7O7/view?usp=sharing" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/12iJ8M-GMLxx6UsyJwTvT_yJfsdloYgaz/view?usp=sharing" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1FMIEQVjvXL5N1nfsTI9hoPgSZB7OdwG3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WWUPSwk6Zk4d0p_t_fuPrktXlKAucpOm/view?usp=sharing" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1totSlIryHy9vKXo-AleM1Ut5padyuYJG/view?usp=sharing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LVWP3ADsB2T4OP3BlHdQYa_I975gmPqe/view?usp=sharing" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1X1bf6tOES4vdkaYFYmkMeJ-MlaVnlu9K/view?usp=sharing" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1-F2V-__fFZJYj9ZM4kFDWV_U9qtdBWwI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1K4Th42mM0SL51GpCn-YGxcmoWUmkeLuh/view?usp=sharing" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1YBMiG4lX1JKGZGbSlPzqKbARlxjBHhlK/view?usp=sharing" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UJTKpU-suPTJawIFjaXUo9oIu0nb_E3Z/view?usp=sharing" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1n7JJJSEZ8SN5X1KiQjYHlUMUrCSwLuV1/view?usp=sharing" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GlGeNjjxDKHRSMILTSrxd3VIdvLv2VUI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/10RFE_03Ouj3PzQYaHv01zIUvR7tnWg4d/view?usp=sharing" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1efUXq9_6806Zm5Qb8uPz2-_8H5x2pTOk/view?usp=sharing" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1hEhO2v3b4EYQMWt3VHZ8nyMBiWd5UUx5/view?usp=sharing" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/10_zaNyLKlcYCudiTDo4iHk8h4VernvvS/view?usp=sharing" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1OdxMgYOLmqWTyRqOBh9FYDHNCk5jgGVM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1k2Owdo8B9E6GVG3GuxaS203zZfviJ9rT/view?usp=sharing" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1NXt-gbfVPDy3iY7a4Uo1h4TApBbDXTmk/view?usp=sharing" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wFldRDUN1CuXF-LwNWpUKv0CzBOHhNHW/view?usp=sharing" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/19JU6sJoq3qq4PH8e8-3Lm-BWir4nHmPc/view?usp=sharing" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1X3jH1JA4xP4IM5iyySTrAlwLfs45HyjS/view?usp=sharing" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dfCvmerjRsOKHrt-9L1X34lLepRCJYWU/view?usp=sharing" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1B82tdjr1L2dBL7449MQeCDPnYSjeaiEN/view?usp=sharing" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1a1F4JXCVGKHqBX1YYs7Ve630tWxiPyUd/view?usp=sharing" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1EeXlSv9Fk3VTcjAPZ3hCb-uklCZuFP2N/view?usp=sharing" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_Thw_ENVP34ZJJHHl1l-lT2wSj8qN0Sc/view?usp=sharing" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1BBdKdV_8KbFH71_vCqtpQVsyqxyflYMk/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1QRoUvA-Qv12xilgTthBVvBbW4I5Uk1-Q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1v5Ihlh-kbHOH5su1s3FaPfGjwzUjA9TV/view?usp=sharing" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1NwsxMpQeHTjiLKQUSkgsacgHngs8Wa3s/view?usp=sharing" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GQcr1HEGs5Yb0GQ11WWHo4-BreibT4LY/view?usp=sharing" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GY1SRqk6sDEWJSR4CIWnDIi0N3QJ_rNO/view?usp=sharing" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1g9uCIhltja-3sLMeNJ3MA49_ws4S5F2j/view?usp=sharing" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1nEwhjTPLMS1uaBYRspiZSkKEahMbd__T/view?usp=sharing" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1K57_p55EER5sGjUEobvIQPoTo2IAu3YP/view?usp=sharing" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1XKKcjor3Q4hjvcdzYwFEeMu-QpNaOB5q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1G0EkOv9XfyKwlZyc3WgllP_elF6plTHT/view?usp=sharing" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1rZqqSWPFnOMgTYWjbSMlTrsxt1gERc8G/view?usp=sharing" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1I83zUCiuv4YouEfynpzVe8cBDDkQ705H/view?usp=sharing" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1-RmH5uVACu4rVTEGciZ7BHFJ4RitI9-4/view?usp=sharing" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1H6UEG6Ea-wlaEJt29nWmcGDV7D3GOBWI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/16qRzb8fZB2_py5Nj1L0ikw4vdynoE1UC/view?usp=sharing" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1onWWuQLANFT1TzyLmmKEpx2OzpvY-uMI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1K39Tih-g-O0Tx_oQvicZ6HFNVzRWx8wx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1FX9--SDvpGm_pOUH8sngucJ9mt0OpuRH/view?usp=sharing" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1TnkbdTnXwTKr9jv2Q9Vhc0MOkKX08Cku/view?usp=sharing" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/14uCuGptX1FdcWe8jbCTBGl6eiPw9Zed6/view?usp=sharing" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1msAW3p9uj6TKWNsOSYA9kCvEfNvWkU6d/view?usp=sharing" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_KK-wiKa6iWqGO3OszDZMx06k1QFGb0q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1aT2zT122acsgmdOP79ZKWnXc_o1jCnIL/view?usp=sharing" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ZnqdwlVRgSnzQIRRGCVgz28daW_5GSG2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1SqXWVVlvnx6oA82xDioc82mDjlhrU9DS/view?usp=sharing" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1YmgDddpK7-wob_02J_wnTTbZZBnoCvAM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/15hh3jFHf-Og-GJlio_hCD5ALIF4gFqMq/view?usp=sharing" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uA-Ox5raZciCcSSAHdQDQugfc5Gtr-V7/view?usp=sharing" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/13XHKj1y2nZEGNLJGMZDItPvFFRH60IaV/view?usp=sharing" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1qTnTaPPyRGiqfuUyJGVaoT08KoHiWLHQ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UzbzR_t6j_VO_BIixtjn4sckIGcHg1jR/view?usp=sharing" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1iIXJDIPbLGIyUY584sqtsJy1_0ODMuNn/view?usp=sharing" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WNB6H_Ac5U2lK6wOutcReEdy9D_qxSy_/view?usp=sharing" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ExuOf3DSoSuVhP9G8E47ESP0O5_vD0Yx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_AKpWJhRaUH5Sxgg57MIFmpPRUyYgSmP/view?usp=sharing" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1kkSG-DpArfBhZBiYZ5uhVH9feIUY3Omw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1gXLRDnGyaHFudX1M9SjpXkWwh-li42QM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uGW-n7gvhyrKLPCZSs-rP9lTIOjM3tGd/view?usp=sharing" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Iw6dBPq3geeW1RL3ydGQ6yaOA67I1fD2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1QdZURpvh-mP-ZAzHNVhigX3hJdhblxl5/view?usp=sharing" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GDxHHN0kGVvvnVrXVgBAiGSPYs7B1Nas/view?usp=sharing" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1bhL3GPpbtKUOpxDbdEoFATYhHztVreiz/view?usp=sharing" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1LCDiE8ajWym8-XFUrlMQL0vk7oWd_HXv/view?usp=sharing" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/11wMQ2iV7xXjyWXSOCGkYuBAWY49IkCxG/view?usp=sharing" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tyDoH1x6iB_JsrThx3VBjNt6O5z2QoR3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tfHYpxxzyNDhkcU2svmNVdKWPhzk10yM/view?usp=sharing" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1T1hJkoJHs-vsiTRpHLCkW89hR_WAlp7b/view?usp=sharing" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1RKajHpDHcnqchqFuWJdOuT97QLOxK6Rx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dbFERVZT7BasG0mrwU_bIJFdvQIdaJuE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ydYS0sXq61--Icrw6PBiWJJPMVN-jgKJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1yZgycw26nYXwlHMJxOKqyuqwh6IZG7l1/view?usp=sharing" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ncC1esLdKRSXwhpi2ZNS3wF9EkSzQKHC/view?usp=sharing" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1N02Oh0c4WIOzItT7su66VZX2WEo2U0f3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uSu-TZ3XL2MyAq2VcqjyQFm4jWtER83q/view?usp=sharing" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1QrtnqLPx1_b1n6Z6ipkZuDyxS2-RrpbD/view?usp=sharing" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1mRjeF6YmFSO2kNz6v25tsyMRyupaV3oJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1D28LrjEoAMlvBjF7UVSBDoLK-VZM1H9l/view?usp=sharing" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UqESzjwUvQxeG2KE79XCkrAdADV-VyAJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/10vK7RtfLCIkF7r8ciq0ElouBjlj08kcL/view?usp=sharing" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1yU9kpl4-XkutqhREmTT_TBAqhaD8xSjx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1EbylMEFHnMLJ_9egSrbtrADKQnXrC9WQ/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1d_Z5yum0S2rSuM2VOhn23MbqJWu1Z3bx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1gzpitecw4brBrI02myg4_cnq_3zseUVJ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1YWzNgssduVvRCTQciGdayXYjNkhmzBSO/view?usp=sharing" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1rQFAKaaA3flBf67ZD6M3tKNMkTFKbgDo/view?usp=sharing" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1CIjtppKDuY_6azINt5hEhqJEWv1KxsIr/view?usp=sharing" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1zj4LfWmSzm1vb2Yq0UXTlHY4nyweH7J0/view?usp=sharing" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1F_5SY0nK9t1yFkuhGC4qlUn1tIfggbcI/view?usp=sharing" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/17WW5_EATxRRtbX7r5rD4w-Oyzq1eOuPN/view?usp=sharing" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1S56SPQb-B-Bna9_pzw-isNeQ6H2Rkw0Y/view?usp=sharing" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1I4-GZtKtONg0m4bXCEGpbK3z0qT5VHWX/view?usp=sharing" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/18JCw3fsr5sHEBRsPIOufEYkA06ERj3eE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/186aJhNcnOtLte6wZCW67DqYwlIYYGX3s/view?usp=sharing" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1XWDOohjso3B9AGkfjJF4_0fWGPys72Uk/view?usp=sharing" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1RRAmE-70dTPjknQ7nnTYNTi_9358Jgr2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Ma2cjHVSeVSjEJiYU2h68AePV7wY4Tve/view?usp=sharing" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ENX_QHViE25PqQunGuQUII1kJq-XC1IG/view?usp=sharing" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1KjVPpIYVRIsf90qlS1GsaopBLS_15Xcw/view?usp=sharing" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Ez_2WL39wAkA6U_0KQZALvQV9pMVYloo/view?usp=sharing" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/16vbi6-FOCWWMpOFbXEBTdIavULMJfrgE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1P9g6yhlFDfLpTuALj2B7fhNj4-xtHfD1/view?usp=sharing" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1fthkJPzPwXsijGwKPl2Of4b1OeA2Litj/view?usp=sharing" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1CyIjjV32eE6ohjEN4I-eGDtI7As9aM2y/view?usp=sharing" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dXzbsbIwo1KaB6C-mf4ZlIhtixXuh0kf/view?usp=sharing" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1VbY7QKHdV_kL5IRFoCSAgKkQjwHPKqH9/view?usp=sharing" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1pP1oOyAkER0VWhH7GeFae9unap_AhTcx/view?usp=sharing" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wKezhgHEmRlW-KFHh4qht0JTKCZfWHbN/view?usp=sharing" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/15gUaU8pbvqwqbQL11CSP0AAQUlUTf_mV/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1umt5Pu1drLmH-_v1Qh5zagHRrax3b8-n/view?usp=sharing" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1h7yqM9MUZ0DLhm9VZMyeJqxsjZGa-yaN/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1r9bcPzCnNwdOui-bjbl7ahgcPS6z9rPh/view?usp=sharing" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1bwFc8eQ6MFSwfw8gubphAtHXMPz9ZOZE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1vGcSFW9rkXCc2nqdBRVRZP81hSCGGqdn/view?usp=sharing" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dIKK2ZRmyhcgnRBk7SVu1A0vTXLZQfw3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ppN_7RdFhzUNARnmu2-k7_BK-1809zGc/view?usp=sharing" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1wy8XDO3mR2BhMQa_C7oCh9KN4bVAiUhP/view?usp=sharing" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_EISucNJOE1vKAb7tDSPnylaZKpD06mS/view?usp=sharing" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UsEdnCFnq155ZoPma0bsUDVoQz2qBFJi/view?usp=sharing" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1F6hNEHoBvwFnhddJCdHYxwcMQvyoibLC/view?usp=sharing" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/17Pp73VUYoV4FX5CpNaAmKX_vAB6P0OU3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1oSMs_gtcccBePG8laLzljo-5dY35vx3J/view?usp=sharing" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1PU0oTZdshDnoJazznnWawG0w_2bOYZra/view?usp=sharing" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Tswcunln0m5jNFMlqXJLme55GnjS1t40/view?usp=sharing" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tRXkXDGUQUj-lWc_IUBzBKRuH_d3f8uX/view?usp=sharing" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1BIUbdC-ZEhzs-k3XHqH35ISTqy6UvcIf/view?usp=sharing" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1S3OzjYPhUs3XPtV1YFWaaDaRZH05CpTp/view?usp=sharing" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_LMoQoYDFUl82y6fnExVGglD9lSXHdi0/view?usp=sharing" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1KsDlV8FgDfYWgUBKBV6JPv-nTUYPcdL7/view?usp=sharing" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1C3z-Ek-CNsAT9dL_QGIr3XP8n3kIyQ0g/view?usp=sharing" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1Zh3tPddyiAjkAvdhFs1sqlal5Lvu9cSq/view?usp=sharing" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1z8W_EPYHIbJ26rsESiDoRKj6vzHosCVj/view?usp=sharing" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1umm0PJgr8qrtWzUSLzNPum57fEkOS7Ut/view?usp=sharing" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1_vsJ8YyEn2t6hYy80MqT60ex3zL4W-b8/view?usp=sharing" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1nuGpPfx_5rAnJA_cDWiGJgoq5MWbuui2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1D65SLp2TY53mWltyZTqArZ0DllDc2Szi/view?usp=sharing" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/19wngYfLVbM8VAmzXGZBc85GIjMULle08/view?usp=sharing" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/132VEcPrGO2U6WmSgYKY6n0__N189QAL6/view?usp=sharing" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ddg7TMqCuAOdjCswVArX7QHkSQRfoDqk/view?usp=sharing" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uUR0INZTeDYCginbY6KqWn-6_LrSLccG/view?usp=sharing" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ndqvxDpKzy_qvWJsznP2k9RbNF0wVjlE/view?usp=sharing" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1rUHY3u8Gbk6NHA319PTo74elMzYLdSb2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1dz8zCn-M08DbqC3ItJNyTwrv90aubxr0/view?usp=sharing" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1bDGJz0yafc2km0kqAqGiWt-Rjew33g9C/view?usp=sharing" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1k1qNqCSxf0L92dHZ9ugZjhtLgRghnpyf/view?usp=sharing" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/13odFc_kdER_H1iGVMaS-n0w_zOM5N6-Z/view?usp=sharing" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WJ9JN0BAiTEc8P_WSXjT1xECB-byjCFY/view?usp=sharing" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1oVo5lOqcHQ0Xth5nq6B_5yb8zVKm89U3/view?usp=sharing" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1PTPaLuV9lqK2xgv1bnM02RBjzvpP_h5u/view?usp=sharing" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1zJfZksCsjb9fk9wk38v_ix41GjagSYfd/view?usp=sharing" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1N7KB1fyFrrMxS5v7LphU8WMi5RPNKnsO/view?usp=sharing" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1FZXsLaKsJXIuXXysKjb_3-L0xqhBtqIF/view?usp=sharing" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1uzT8-Fqz9MaohX_OPz_AjS5hdJ_f9vWT/view?usp=sharing" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1edfeJAaUp8KvyfJ9gSzt1Jiv-rPPCcOA/view?usp=sharing" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1EHwg7dxYwDcIm0n1LPqPt8umFkvBAQfo/view?usp=sharing" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1OXQ26Whzyl9JtVUiMvTuE1oyMNq9nutQ/view?usp=sharing" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1oDItBKTt0T3Qu-wNX0xvetb8MP8DZa1G/view?usp=sharing" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UB71e6t1brdK5-F705_boaNd-Ws5WeZq/view?usp=sharing" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1s0PtKSc79Ogc0_a9u63DYcROjwfoyAyg/view?usp=sharing" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1tytakuqE0ElWj3naemqaOBOZJWznwye4/view?usp=sharing" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K185"/>
+  <dimension ref="A1:K195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="45.7109375" customWidth="1"/>
     <col min="2" max="2" width="18.7109375" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="28.7109375" customWidth="1"/>
     <col min="5" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="70.7109375" customWidth="1"/>
     <col min="7" max="10" width="17.7109375" customWidth="1"/>
     <col min="11" max="11" width="50.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
@@ -4422,60 +4530,60 @@
       </c>
       <c r="K49" s="3" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="2" t="s">
         <v>221</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G50" s="4">
-        <v>45628</v>
+        <v>45993</v>
       </c>
       <c r="H50" s="4">
-        <v>45629</v>
+        <v>45995</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>122</v>
       </c>
       <c r="J50" s="4">
-        <v>45992</v>
+        <v>46357</v>
       </c>
       <c r="K50" s="3" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="2" t="s">
         <v>226</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G51" s="4">
@@ -6376,95 +6484,95 @@
       </c>
       <c r="K105" s="3" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="2" t="s">
         <v>294</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>432</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>433</v>
       </c>
       <c r="G106" s="4">
-        <v>45338</v>
+        <v>46069</v>
       </c>
       <c r="H106" s="4">
-        <v>45342</v>
+        <v>46013</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J106" s="4">
-        <v>46068</v>
+        <v>46798</v>
       </c>
       <c r="K106" s="3" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="2" t="s">
         <v>435</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>437</v>
       </c>
       <c r="G107" s="4">
-        <v>45345</v>
+        <v>46075</v>
       </c>
       <c r="H107" s="4">
-        <v>45352</v>
+        <v>46007</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J107" s="4">
-        <v>46075</v>
+        <v>46805</v>
       </c>
       <c r="K107" s="3" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="2" t="s">
         <v>435</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>439</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G108" s="4">
@@ -6589,51 +6697,51 @@
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="2" t="s">
         <v>455</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>458</v>
       </c>
       <c r="G112" s="4">
         <v>45369</v>
       </c>
       <c r="H112" s="4">
-        <v>45323</v>
+        <v>45404</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J112" s="4">
         <v>47195</v>
       </c>
       <c r="K112" s="3" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="2" t="s">
         <v>460</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="2" t="s">
@@ -6726,60 +6834,60 @@
       </c>
       <c r="K115" s="3" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="2" t="s">
         <v>474</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>476</v>
       </c>
       <c r="G116" s="4">
-        <v>45372</v>
+        <v>46022</v>
       </c>
       <c r="H116" s="4">
-        <v>45663</v>
+        <v>46009</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>122</v>
       </c>
       <c r="J116" s="4">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="K116" s="3" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="2" t="s">
         <v>478</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>479</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>480</v>
       </c>
       <c r="G117" s="4">
@@ -6796,60 +6904,60 @@
       </c>
       <c r="K117" s="3" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="2" t="s">
         <v>482</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>483</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>484</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>485</v>
       </c>
       <c r="G118" s="4">
-        <v>45419</v>
+        <v>46150</v>
       </c>
       <c r="H118" s="4">
-        <v>45433</v>
+        <v>46058</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J118" s="4">
-        <v>46149</v>
+        <v>46880</v>
       </c>
       <c r="K118" s="3" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="2" t="s">
         <v>487</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>488</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>489</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>490</v>
       </c>
       <c r="G119" s="4">
@@ -9146,50 +9254,400 @@
         <v>489</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>759</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>760</v>
       </c>
       <c r="G185" s="4">
         <v>45988</v>
       </c>
       <c r="H185" s="4">
         <v>45995</v>
       </c>
       <c r="I185" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J185" s="4">
         <v>46718</v>
       </c>
       <c r="K185" s="3" t="s">
         <v>761</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11">
+      <c r="A186" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D186" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="G186" s="4">
+        <v>45975</v>
+      </c>
+      <c r="H186" s="4">
+        <v>45979</v>
+      </c>
+      <c r="I186" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="J186" s="4">
+        <v>46718</v>
+      </c>
+      <c r="K186" s="3" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11">
+      <c r="A187" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="D187" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="G187" s="4">
+        <v>45979</v>
+      </c>
+      <c r="H187" s="4">
+        <v>45989</v>
+      </c>
+      <c r="I187" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J187" s="4">
+        <v>46709</v>
+      </c>
+      <c r="K187" s="3" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11">
+      <c r="A188" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="D188" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>770</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="G188" s="4">
+        <v>46000</v>
+      </c>
+      <c r="H188" s="4">
+        <v>46000</v>
+      </c>
+      <c r="I188" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J188" s="4">
+        <v>46730</v>
+      </c>
+      <c r="K188" s="3" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11">
+      <c r="A189" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="B189" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="D189" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G189" s="4">
+        <v>46003</v>
+      </c>
+      <c r="H189" s="4">
+        <v>46003</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J189" s="4">
+        <v>46733</v>
+      </c>
+      <c r="K189" s="3" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11">
+      <c r="A190" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D190" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="G190" s="4">
+        <v>45689</v>
+      </c>
+      <c r="H190" s="4">
+        <v>46006</v>
+      </c>
+      <c r="I190" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J190" s="4">
+        <v>46722</v>
+      </c>
+      <c r="K190" s="3" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11">
+      <c r="A191" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="D191" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="G191" s="4">
+        <v>46007</v>
+      </c>
+      <c r="H191" s="4">
+        <v>46009</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="J191" s="4">
+        <v>47833</v>
+      </c>
+      <c r="K191" s="3" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11">
+      <c r="A192" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="D192" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="G192" s="4">
+        <v>46014</v>
+      </c>
+      <c r="H192" s="4">
+        <v>46014</v>
+      </c>
+      <c r="I192" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="J192" s="4">
+        <v>47840</v>
+      </c>
+      <c r="K192" s="3" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11">
+      <c r="A193" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="D193" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>788</v>
+      </c>
+      <c r="G193" s="4">
+        <v>46008</v>
+      </c>
+      <c r="H193" s="4">
+        <v>46008</v>
+      </c>
+      <c r="I193" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J193" s="4">
+        <v>46738</v>
+      </c>
+      <c r="K193" s="3" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11">
+      <c r="A194" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="B194" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="C194" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D194" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G194" s="4">
+        <v>46051</v>
+      </c>
+      <c r="H194" s="4">
+        <v>46057</v>
+      </c>
+      <c r="I194" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="J194" s="4">
+        <v>46780</v>
+      </c>
+      <c r="K194" s="3" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11">
+      <c r="A195" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B195" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D195" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="G195" s="4">
+        <v>46066</v>
+      </c>
+      <c r="H195" s="4">
+        <v>46065</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="J195" s="4">
+        <v>47161</v>
+      </c>
+      <c r="K195" s="3" t="s">
+        <v>797</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K4" r:id="rId1"/>
     <hyperlink ref="K5" r:id="rId2"/>
     <hyperlink ref="K6" r:id="rId3"/>
     <hyperlink ref="K7" r:id="rId4"/>
     <hyperlink ref="K8" r:id="rId5"/>
     <hyperlink ref="K9" r:id="rId6"/>
     <hyperlink ref="K10" r:id="rId7"/>
     <hyperlink ref="K11" r:id="rId8"/>
     <hyperlink ref="K12" r:id="rId9"/>
     <hyperlink ref="K13" r:id="rId10"/>
     <hyperlink ref="K14" r:id="rId11"/>
     <hyperlink ref="K15" r:id="rId12"/>
     <hyperlink ref="K16" r:id="rId13"/>
     <hyperlink ref="K17" r:id="rId14"/>
     <hyperlink ref="K18" r:id="rId15"/>
     <hyperlink ref="K19" r:id="rId16"/>
     <hyperlink ref="K20" r:id="rId17"/>
     <hyperlink ref="K21" r:id="rId18"/>
@@ -9335,50 +9793,60 @@
     <hyperlink ref="K161" r:id="rId158"/>
     <hyperlink ref="K162" r:id="rId159"/>
     <hyperlink ref="K163" r:id="rId160"/>
     <hyperlink ref="K164" r:id="rId161"/>
     <hyperlink ref="K165" r:id="rId162"/>
     <hyperlink ref="K166" r:id="rId163"/>
     <hyperlink ref="K167" r:id="rId164"/>
     <hyperlink ref="K168" r:id="rId165"/>
     <hyperlink ref="K169" r:id="rId166"/>
     <hyperlink ref="K170" r:id="rId167"/>
     <hyperlink ref="K171" r:id="rId168"/>
     <hyperlink ref="K172" r:id="rId169"/>
     <hyperlink ref="K173" r:id="rId170"/>
     <hyperlink ref="K174" r:id="rId171"/>
     <hyperlink ref="K175" r:id="rId172"/>
     <hyperlink ref="K176" r:id="rId173"/>
     <hyperlink ref="K177" r:id="rId174"/>
     <hyperlink ref="K178" r:id="rId175"/>
     <hyperlink ref="K179" r:id="rId176"/>
     <hyperlink ref="K180" r:id="rId177"/>
     <hyperlink ref="K181" r:id="rId178"/>
     <hyperlink ref="K182" r:id="rId179"/>
     <hyperlink ref="K183" r:id="rId180"/>
     <hyperlink ref="K184" r:id="rId181"/>
     <hyperlink ref="K185" r:id="rId182"/>
+    <hyperlink ref="K186" r:id="rId183"/>
+    <hyperlink ref="K187" r:id="rId184"/>
+    <hyperlink ref="K188" r:id="rId185"/>
+    <hyperlink ref="K189" r:id="rId186"/>
+    <hyperlink ref="K190" r:id="rId187"/>
+    <hyperlink ref="K191" r:id="rId188"/>
+    <hyperlink ref="K192" r:id="rId189"/>
+    <hyperlink ref="K193" r:id="rId190"/>
+    <hyperlink ref="K194" r:id="rId191"/>
+    <hyperlink ref="K195" r:id="rId192"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>